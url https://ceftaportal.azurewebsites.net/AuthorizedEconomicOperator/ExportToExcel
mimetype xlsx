--- v0 (2025-12-24)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299de432c8a440a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08747a06f1f540b6af4ed5fb88e2e84b.psmdcp" Id="Ra4a4353106b341a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ca06bd333f4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58fa9a77a2ae410e8fc89e18b071d175.psmdcp" Id="Rd763418a66ca43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>