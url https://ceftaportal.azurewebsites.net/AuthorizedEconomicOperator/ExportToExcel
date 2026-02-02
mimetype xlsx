--- v1 (2026-01-13)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ca06bd333f4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58fa9a77a2ae410e8fc89e18b071d175.psmdcp" Id="Rd763418a66ca43fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ab41e9e5ea4dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3317251415074b738e0002487dcebda9.psmdcp" Id="R460c61ade62342f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>