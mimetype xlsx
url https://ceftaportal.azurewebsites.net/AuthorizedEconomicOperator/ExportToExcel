--- v2 (2026-02-02)
+++ v3 (2026-02-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ab41e9e5ea4dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3317251415074b738e0002487dcebda9.psmdcp" Id="R460c61ade62342f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6689671b27b422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fae6a47c75bf44b18a571b09eae867dc.psmdcp" Id="R53faf1d871e54ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>