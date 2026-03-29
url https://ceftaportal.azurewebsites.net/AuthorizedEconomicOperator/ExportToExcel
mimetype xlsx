--- v3 (2026-02-28)
+++ v4 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6689671b27b422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fae6a47c75bf44b18a571b09eae867dc.psmdcp" Id="R53faf1d871e54ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34004f9868bb4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fd4d04441d5423cad043fd44545024e.psmdcp" Id="Rfe6f44283e7e41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>