--- v0 (2025-12-17)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c855c313634bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/760a60cf82b64830b627daa9e8388771.psmdcp" Id="R350260eac4de4890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c954b40a95347c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0832a2f251224addb62b3850c9dbd222.psmdcp" Id="R429cea7209fe4745" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>
@@ -46,174 +46,302 @@
   <x:si>
     <x:t>Brand</x:t>
   </x:si>
   <x:si>
     <x:t>Bar code</x:t>
   </x:si>
   <x:si>
     <x:t>Product type</x:t>
   </x:si>
   <x:si>
     <x:t>Product origin</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type category</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Bosnia and Herzegovina</x:t>
   </x:si>
   <x:si>
+    <x:t>Childcare articles and children's equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica Puerri Foldy grey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puerri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8600856350278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L5 grey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica Nania Orla Grey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3507460210583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0125811640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica u 4 boje AD 23-0175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6432000189564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD 23-0175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica predstavljaju rizik od ozljede jer ne ispunjavaju slijedeće sigurnosne zahtjeve:
+-	dječija kolica nisu u skladu sa zahtjevima definiranim točkom 8.1.3.1 norme BAS EN 1888-1+A1:2023 (sustav za vezivanje ne posjeduje međunožnu vezu);
+-	zahtjevi vezani za opće informacije o proizvodu i označavanje proizvoda nisu u skladu sa normama BAS EN 1888-1+A1:2023 i BAS EN 1888-2+A1:2024;
+-	upute za uporabu nisu u skladu sa normom BAS EN 1888-1+A1:2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica kišobran Grey Basic Kathie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3852441710508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LC1726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica predstavljaju rizik od ozljede jer ne ispunjavaju slijedeće sigurnosne zahtjeve:
+-	dječija kolica nisu u skladu sa zahtjevima definiranim točkom 8.1.3.1 norme BAS EN 1888-1+A1:2023 (sustav za vezivanje ne posjeduje međunožnu vezu);
+-	zahtjevi vezani za označavanje proizvoda nisu u skladu sa normom BAS EN 1888- 1+A1:2023;
+-	upute za uporabu nisu u skladu sa normom BAS EN 1888-1+A1:2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dječija kolica baby Stroller Olivia Basic Green Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800166102351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art.No.10021862390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgaria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Držač za cucle vezica za varalicu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bibis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713795257904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lančić za cucle Wee baby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wee baby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8690797102708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Türkiye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Držač za cucle predstavlja rizik od gušenja jer ne ispunjava slijedeće sigurnosne zahtjeve:
+-	Držač za cucle ne ispunjava zahtjeve propisane u točki 5.1.2 norme BAS EN 12586+A1:2012;
+-	Upute za uporabu i informacije na pakiranju za potrošače nisu u skladu sa normom BAS EN 12586+A1:2012.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Držač za cucle - vezica za dudu	</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nepoznat.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosmetics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuš za oči Wet n Wild Proline Felt Tip Eyeliner (E8752)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Wet n Wild </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4049775587527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E8752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Koncentracija pigmenta boje ugljik crni (CI 77266, nano) u proizvodu, koja iznosi 11,5%, prelazi maksimalno dopuštenu koncentraciju od 10%. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cucal Curaprox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curaprox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>006, 007, 008, 009, 010 i 011.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plastični dio cucle može sadržavati Bisfenol A (BPA), supstancu koja je klasificirana kao potencijalno štetna za zdravlje, dok je mekani silikonski dio cucle zdravstveno ispravan.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Electrical appliances and equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Fen za kosu Babyliss, model D563DE</x:t>
   </x:si>
   <x:si>
     <x:t>Babyliss</x:t>
   </x:si>
   <x:si>
     <x:t>model D563DE</x:t>
   </x:si>
   <x:si>
-    <x:t>China</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Burns</x:t>
   </x:si>
   <x:si>
-    <x:t/>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Laser pointers</x:t>
   </x:si>
   <x:si>
     <x:t>Laserska igračka - pištolj Airsoft Gun 007A</x:t>
   </x:si>
   <x:si>
     <x:t>Airsoft Gun 007A</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski proizvod predstavlja rizik od povrede oka i oštećenja vida jer je izmjerena srednja snaga laserskog snopa veća od dozvoljene.</x:t>
   </x:si>
   <x:si>
     <x:t>Protective equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Mišići za plivanje Intex Dinosaur 56664EU</x:t>
   </x:si>
   <x:si>
     <x:t>Intex</x:t>
   </x:si>
   <x:si>
     <x:t>6941057420264</x:t>
   </x:si>
   <x:si>
     <x:t>Dinosaur 56664EU</x:t>
   </x:si>
   <x:si>
     <x:t>Drowning</x:t>
   </x:si>
   <x:si>
     <x:t>Drowning, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Mišići za plivanje imaju izbočeni dio u obliku dinosaurusa. Dijete koje nosi mišiće za plivanje dok pliva moglo bi se utopiti ako se izbočeni dio zaglavi i uzrokuje da dijete ostane zarobljeno ili nepokretno pod vodom.</x:t>
   </x:si>
   <x:si>
-    <x:t>Childcare articles and children's equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dječija kolica Lorelli Fiorano</x:t>
   </x:si>
   <x:si>
     <x:t>Lorelli</x:t>
   </x:si>
   <x:si>
     <x:t>3800151971993</x:t>
   </x:si>
   <x:si>
     <x:t>Fiorano</x:t>
   </x:si>
   <x:si>
-    <x:t>Bulgaria</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Burns; Chemical</x:t>
   </x:si>
   <x:si>
     <x:t>Unos test sinhronizacije</x:t>
   </x:si>
   <x:si>
     <x:t>test unos 11.11.2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical; Choking</x:t>
   </x:si>
   <x:si>
     <x:t>test</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation; Burns</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation, Burns, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>test risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation; Burns; Chemical</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation, Burns, Fire; Asphyxiation, Burns, Suffocation; Asphyxiation, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Zaštitne rukavice Fenix</x:t>
   </x:si>
   <x:si>
     <x:t>Fenix</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation, Chemical</x:t>
   </x:si>
   <x:si>
     <x:t>iuhgidsfhoigvdifjgvboijndfjigvnij jkdbfviybsdhgbfuhvby dfvydshbhfvbhyxjvbcxyjhnvbjhyx jxckvlkjcxbvxcjyh jkxlvhyxchlvijh lyxcjvlhlhviyixduvhc  ylixcjvhioyuxhcviu</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl sa tri utičnice, tip Q501</x:t>
   </x:si>
   <x:si>
     <x:t>Nepoznat</x:t>
   </x:si>
   <x:si>
     <x:t>tip Q501</x:t>
   </x:si>
   <x:si>
     <x:t>Electric shock</x:t>
   </x:si>
   <x:si>
     <x:t>Electric shock, Fire</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Proizvod predstavlja opasnost od strujnog udara i požara zato što: 
 - se može otvoriti pomoću alata opšte namjene, 
@@ -224,53 +352,50 @@
   <x:si>
     <x:t>Produžni kabl sa četiri utičnice Arkgiacl, tip 003</x:t>
   </x:si>
   <x:si>
     <x:t>Arkgiacl</x:t>
   </x:si>
   <x:si>
     <x:t>tip 003</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl predstavlja opasnost od strujnog udara i požara zato što: 
 -	se može otvoriti pomoću alata opšte namjene, 
 -	utičnice nemaju zatvarače, 
 -	površina poprečnog presjeka provodnika je manja od propisane, 
 -	nazivna struja utikača je manja od nazivne struje utičnice.
 Proizvod nije usklađen sa Naredbom o električnoj opremi namijenjenoj za upotrebu unutar određenih naponskih granica i standardom BAS IEC 60884-2-7.</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl sa tri utičnice, Megan</x:t>
   </x:si>
   <x:si>
     <x:t>Megan</x:t>
   </x:si>
   <x:si>
     <x:t>oznaka artikla 3R 3M PN03</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Türkiye</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl predstavlja opasnost od strujnog udara i požara zato što:
 -	nema kontakata za uzemljenje, 
 -	se može otvoriti pomoću alata opšte namjene, 
 -	utičnice nemaju zatvarače, 
 -	površina poprečnog presjeka provodnika je manja od propisane, 
 -	nazivna struja utikača je manja od nazivne struje utičnice, 
 -	nije propisno označen.</x:t>
   </x:si>
   <x:si>
     <x:t>Ručni mikser za hranu Raf tip R.6653W</x:t>
   </x:si>
   <x:si>
     <x:t>Raf</x:t>
   </x:si>
   <x:si>
     <x:t>tip R.6653W</x:t>
   </x:si>
   <x:si>
     <x:t>Fire; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Ozbiljan rizik od povreda i požara</x:t>
   </x:si>
@@ -295,53 +420,50 @@
   <x:si>
     <x:t>Asphyxiation; Choking; Cuts</x:t>
   </x:si>
   <x:si>
     <x:t>desc</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač 47</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač na privjesku</x:t>
   </x:si>
   <x:si>
     <x:t>Toys</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija igračka- patka - BE 4125</x:t>
   </x:si>
   <x:si>
     <x:t>6920220041246</x:t>
   </x:si>
   <x:si>
     <x:t>BE 4125</x:t>
   </x:si>
   <x:si>
-    <x:t>Chemical</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Proizvod predstavlja kemijski rizik jer sadrži di (2-etilheksil) ftalat (DEHP) u količini od 13,43 % što nije u skladu s Odlukom o ograničenju stavljanja na tržište igračaka i proizvoda za djecu koji sadrže ftalate („Službeni glasnik BiH“, broj 04/10). </x:t>
   </x:si>
   <x:si>
     <x:t>Clothing, textiles and fashion items</x:t>
   </x:si>
   <x:si>
     <x:t>Bomber jakna za bebe – dječake PLU 614536</x:t>
   </x:si>
   <x:si>
     <x:t>Pepco</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 614536</x:t>
   </x:si>
   <x:si>
     <x:t>Strangulation</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod predstavlja rizik od gušenja zbog mogućnosti odvajanja sitnih dijelova</x:t>
   </x:si>
   <x:si>
     <x:t>Blender za hranu Vision tip VIS TYB-376</x:t>
   </x:si>
   <x:si>
     <x:t>Vision</x:t>
@@ -400,65 +522,59 @@
   <x:si>
     <x:t>Proizvod predstavlja kemijski rizik jer sadrži di (2-etilheksil) ftalat (DEHP) u količini od 13,9 % što nije u skladu s Odlukom o ograničenju stavljanja na tržište igračaka i proizvoda za djecu koji sadrže ftalate („Službeni glasnik BiH“, broj 04/10).</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski projektor - Laser indoor laser projector</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač - Auto ključ</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski projektor - Laser Stage Ligting</x:t>
   </x:si>
   <x:si>
     <x:t>Kačket za bebe dječake BB FROTTE CAP BLUE (PLU 603500)</x:t>
   </x:si>
   <x:si>
     <x:t>Pepco baby</x:t>
   </x:si>
   <x:si>
     <x:t>2200160350061, 2200260350060</x:t>
   </x:si>
   <x:si>
     <x:t>PLU 603500; 871586</x:t>
   </x:si>
   <x:si>
-    <x:t>Choking</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Choking, Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod predstavlja opasnost od gušenja zbog mogućnosti odvajanja malih dijelova</x:t>
   </x:si>
   <x:si>
     <x:t>Baloni u obliku srca PLU 599441</x:t>
   </x:si>
   <x:si>
-    <x:t>Nepoznat.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PLU 599441</x:t>
   </x:si>
   <x:si>
     <x:t>Utvrđeno je da proizvod nije siguran zbog prekoračenja dopuštenog sadržaja N-nitrozamina u materijalu balona.</x:t>
   </x:si>
   <x:si>
     <x:t>Laserska igrača snajper puška VIKTOR</x:t>
   </x:si>
   <x:si>
     <x:t>A-WARIOR S.W.A.T.</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač - privjesak</x:t>
   </x:si>
   <x:si>
     <x:t>Laserska igračka - pištolj 007D</x:t>
   </x:si>
   <x:si>
     <x:t>007D</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač - ručna bomba</x:t>
   </x:si>
   <x:si>
     <x:t>Montenegro</x:t>
@@ -470,53 +586,50 @@
     <x:t>test opis rizika</x:t>
   </x:si>
   <x:si>
     <x:t>Dječiji krevetac Kikka boo MATEA NAVY</x:t>
   </x:si>
   <x:si>
     <x:t>Kikka boo</x:t>
   </x:si>
   <x:si>
     <x:t>3800171206365</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Matea Navy</x:t>
   </x:si>
   <x:si>
     <x:t>Choking; Entrapment</x:t>
   </x:si>
   <x:si>
     <x:t>Choking, Entrapment</x:t>
   </x:si>
   <x:si>
     <x:t>Ovaj dječiji krevetac predstavlja ozbiljan rizik od gušenja i uklještenja dijelova tijela djeteta.</x:t>
   </x:si>
   <x:si>
     <x:t>Duda set 2/1 orthdontic no2</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Wee baby</x:t>
   </x:si>
   <x:si>
     <x:t>8690797101664</x:t>
   </x:si>
   <x:si>
     <x:t>166</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod ima sitne dijelove koji se lako mogu odvojiti. Dijete može staviti iste u usta i ugušiti se.Proizvod nije usklađen sa Zakonom o općoj sigurnosti proizvoda i normom BAS EN 1400.</x:t>
   </x:si>
   <x:si>
     <x:t>Dječiji drveni krevetić DREWEX Žirafa bež</x:t>
   </x:si>
   <x:si>
     <x:t>DREWEX</x:t>
   </x:si>
   <x:si>
     <x:t>5902622000169</x:t>
   </x:si>
   <x:si>
     <x:t>Žirafa</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
@@ -1069,2394 +1182,2773 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K70"/>
+  <x:dimension ref="A1:K81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="3.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="39.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="53.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.424911" style="0" customWidth="1"/>
-    <x:col min="7" max="7" width="24.710625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="25.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="32.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="70.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0">
-        <x:v>198</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
+      <x:c r="F2" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K2" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0">
-        <x:v>197</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0">
-        <x:v>196</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K4" s="2" t="s">
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0">
-        <x:v>195</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K5" s="2" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0">
-        <x:v>193</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K6" s="2" t="s">
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0">
-        <x:v>192</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D7" s="0" t="s">
+      <x:c r="H7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E7" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0">
-        <x:v>191</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="I8" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0">
-        <x:v>190</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="I9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="I9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0">
-        <x:v>189</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="I10" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K10" s="2" t="s">
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0">
-        <x:v>188</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E11" s="0" t="s">
+      <x:c r="H11" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G11" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="I11" s="0" t="s">
+      <x:c r="J11" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0">
-        <x:v>185</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="E12" s="0" t="s">
+      <x:c r="H12" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E13" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E14" s="0" t="s">
+      <x:c r="J14" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G14" s="0" t="s">
+      <x:c r="K14" s="0" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0">
-        <x:v>179</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0">
-        <x:v>178</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0">
-        <x:v>177</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E17" s="0" t="s">
-        <x:v>72</x:v>
+      <x:c r="F17" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0">
-        <x:v>176</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E18" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I18" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0">
-        <x:v>126</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E19" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0">
-        <x:v>125</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0">
-        <x:v>123</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="H21" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="I21" s="0" t="s">
+      <x:c r="J21" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0">
-        <x:v>121</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="s">
+      <x:c r="E22" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="s">
+      <x:c r="G22" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G22" s="0" t="s">
+      <x:c r="K22" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0">
-        <x:v>109</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E23" s="0" t="s">
+      <x:c r="H23" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="G23" s="0" t="s">
+      <x:c r="J23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="H23" s="0" t="s">
-[...9 lines deleted...]
-        <x:v>75</x:v>
+      <x:c r="K23" s="2" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G24" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="K24" s="2" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0">
-        <x:v>104</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="K25" s="2" t="s">
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0">
-        <x:v>103</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0">
-        <x:v>102</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="0">
-        <x:v>100</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="0">
-        <x:v>99</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="0">
-        <x:v>93</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="0">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0">
-        <x:v>91</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="0">
-        <x:v>90</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>19</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="0">
-        <x:v>89</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>19</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H34" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="0">
-        <x:v>67</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="0">
-        <x:v>64</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="0">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>19</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="0">
-        <x:v>62</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="0">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>19</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="0">
-        <x:v>60</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>19</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="0">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F41" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="0">
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="0">
-        <x:v>57</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="0">
-        <x:v>56</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="0">
-        <x:v>55</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F45" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="0">
-        <x:v>54</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="I46" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="0">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="0">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="0">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="0">
-        <x:v>50</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K50" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="0">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F51" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K51" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="0">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H52" s="0" t="s">
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K52" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="0">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K53" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="0">
-        <x:v>46</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F54" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K54" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="0">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="0">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E56" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G56" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H56" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J56" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K56" s="0" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11">
       <x:c r="A57" s="0">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E57" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="G57" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E57" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F57" s="0" t="s">
+      <x:c r="H57" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I57" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="G57" s="0" t="s">
+      <x:c r="J57" s="0" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="0">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F58" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="0">
-        <x:v>39</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="0">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F60" s="0" t="s">
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>192</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K60" s="2" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="0">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>192</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K61" s="2" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11">
       <x:c r="A62" s="0">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K62" s="2" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11">
       <x:c r="A63" s="0">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>197</x:v>
-[...2 lines deleted...]
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>198</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K63" s="2" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11">
       <x:c r="A64" s="0">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E64" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G64" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H64" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J64" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K64" s="2" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11">
       <x:c r="A65" s="0">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>205</x:v>
-[...2 lines deleted...]
-        <x:v>206</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-        <x:v>209</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K65" s="2" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11">
       <x:c r="A66" s="0">
-        <x:v>5</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E66" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="F66" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="G66" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H66" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="I66" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J66" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K66" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11">
       <x:c r="A67" s="0">
-        <x:v>4</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11">
       <x:c r="A68" s="0">
-        <x:v>3</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E68" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="F68" s="0" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
+      <x:c r="H68" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
       <x:c r="I68" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11">
       <x:c r="A69" s="0">
-        <x:v>2</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11">
       <x:c r="A70" s="0">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E70" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G70" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K70" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:11">
+      <x:c r="A71" s="0">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G71" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K71" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:11">
+      <x:c r="A72" s="0">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G72" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H72" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J72" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K72" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:11">
+      <x:c r="A73" s="0">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E73" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:11">
+      <x:c r="A74" s="0">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E74" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H74" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="K74" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:11">
+      <x:c r="A75" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C75" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E75" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F75" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="G75" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:11">
+      <x:c r="A76" s="0">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="G76" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="I76" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="K76" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:11">
+      <x:c r="A77" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E77" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F77" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G77" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="I77" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="K77" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:11">
+      <x:c r="A78" s="0">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E78" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G78" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H78" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K78" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:11">
+      <x:c r="A79" s="0">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C79" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="I79" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K79" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:11">
+      <x:c r="A80" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E80" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G80" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="K80" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:11">
+      <x:c r="A81" s="0">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B70" s="0" t="s">
-[...27 lines deleted...]
-        <x:v>223</x:v>
+      <x:c r="B81" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E81" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K81" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet 1</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>