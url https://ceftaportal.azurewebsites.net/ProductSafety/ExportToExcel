--- v1 (2026-01-08)
+++ v2 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c954b40a95347c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0832a2f251224addb62b3850c9dbd222.psmdcp" Id="R429cea7209fe4745" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2f1784e8c64e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f35281e2bd5479ca1063174be6d0361.psmdcp" Id="Rf9c7de371cb84126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>