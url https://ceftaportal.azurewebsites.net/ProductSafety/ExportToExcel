--- v2 (2026-01-28)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2f1784e8c64e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f35281e2bd5479ca1063174be6d0361.psmdcp" Id="Rf9c7de371cb84126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3832901656154e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba9a8df6d0ce495bb283061945986a25.psmdcp" Id="Rf8526a46f32441ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ID</x:t>
   </x:si>
   <x:si>
     <x:t>Economy</x:t>
   </x:si>
   <x:si>
@@ -49,125 +49,308 @@
   <x:si>
     <x:t>Bar code</x:t>
   </x:si>
   <x:si>
     <x:t>Product type</x:t>
   </x:si>
   <x:si>
     <x:t>Product origin</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type category</x:t>
   </x:si>
   <x:si>
     <x:t>Risk type subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Bosnia and Herzegovina</x:t>
   </x:si>
   <x:si>
     <x:t>Childcare articles and children's equipment</x:t>
   </x:si>
   <x:si>
+    <x:t>Dječija kolica baby Stroller Olivia Basic Green Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800166102351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art.No.10021862390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgaria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Dječija kolica predstavljaju rizik od ozljede jer ne ispunjavaju slijedeće sigurnosne zahtjeve:
+-	Prilikom ispitivanja prema točki 8.1.3.2.2 norme BAS EN 1888-1+A1:2023 došlo je do cijepanja sustava za vezivanje;
+-	Zahtjevi vezani za označavanje proizvoda nisu u skladu sa normom BAS EN 1888-1+A1:2023.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electrical appliances and equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novogodišnje lampice 2,5M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nepoznat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8860001233515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROSE24RTZ148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric shock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric shock, Fire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opasnost od strujnog udara i pošara jer je:
+- Dužina kabla između utikača i prve svjetiljke je manja od propisane
+- Svjetlosni lanac je nedozvoljene klase izolacije</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novogodišnje lampice pahulje 3M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8860001233393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROSE24RTZ112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opasnost od strujnog udara i pošara jer je:
+- Dužina kabla između utikača i prve svjetiljke je manja od propisane
+- Svjetlosni lanac je nedozvoljene klase izolacije.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nosiljka ISLA deluxe baby sling grey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kikka boo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800171211536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31108010064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking; Strangulation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ovaj proizvod predstavlja rizik od gušenja i davljenja, zato što ima mali dio (etiketu robne marke) koji se lako može odvojiti, te ga malo dijete može staviti u usta i ugušiti se. Osim toga, torba je prevelika i ima preduge vezice. Vezice se mogu zapetljati oko djetetova vrata, što može dovesti do davljenja.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemical products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Test product 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Test brand 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12342342344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Test type 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Choking; Cuts; Damage to hearing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asphyxiation, Burns, Fire; Asphyxiation, Burns, Injuries; Asphyxiation, Choking; Asphyxiation, Suffocation; Burns, Chemical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Furniture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Test product 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Test brand 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123213123809128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Type 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drowning; Electromagnetic disturbance; No risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns, Choking, Strangulation; Burns, Cuts; Burns, Cuts, Electric shock; Burns, Cuts, Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burns; Chemical; Choking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asphyxiation, Burns, Injuries; Asphyxiation, Burns, Suffocation; Asphyxiation, Fire; Asphyxiation, Suffocation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asphyxiation; Burns; Chemical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This is a risk description</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Light Series</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opasnost od strujnog udara i požara jer je:
+- Dužina kabla između utikača i prve svjetiljke je manja od propisane
+- Svjetlosni lanac je nedozvoljene klase izolacije.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesolych swiat lampki choinkowe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curtain Light 3 M 10 Hanging</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20 LED Decorative Lights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Punjač za mobilni telefon 19RTH642-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1204202164211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19RTH642-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fire, Injuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agenciji za nadzor nad tržištem Bosne i Hercegovine prijavljen je slučaj eksplozije punjača, pa punjač predstavlja opasnost od požara i opekotina.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Produžni kabl 3G 3mx0.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>unknown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>šifra artikla 6784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Produžni kabl predstavlja opasnost od strujnog udara i požara zato što: dimenzije utičnica nisu u skladu sa standardnim vrijednostima;ne postoji provodnik za uzemljenje; utičnice nemaju zatvarače; nije ostvareno adekvatno učvršćenje napojnog kabla sa kutijom sa utičnicama;nije ostvarena adekvatna otpornost na zagrijavanje u normalnom radu; površina poprečnog presjeka provodnika u kablu nije u skladu sa propisanim vrijednostima; nije ostvaren minimalan rastavni razmak između provodnih dijelova.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dječija kolica Puerri Foldy grey</x:t>
   </x:si>
   <x:si>
     <x:t>Puerri</x:t>
   </x:si>
   <x:si>
     <x:t>8600856350278</x:t>
   </x:si>
   <x:si>
     <x:t>L5 grey</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica Nania Orla Grey</x:t>
   </x:si>
   <x:si>
     <x:t>3507460210583</x:t>
   </x:si>
   <x:si>
     <x:t>0125811640</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica u 4 boje AD 23-0175</x:t>
   </x:si>
   <x:si>
     <x:t>6432000189564</x:t>
   </x:si>
   <x:si>
     <x:t>AD 23-0175</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica predstavljaju rizik od ozljede jer ne ispunjavaju slijedeće sigurnosne zahtjeve:
 -	dječija kolica nisu u skladu sa zahtjevima definiranim točkom 8.1.3.1 norme BAS EN 1888-1+A1:2023 (sustav za vezivanje ne posjeduje međunožnu vezu);
 -	zahtjevi vezani za opće informacije o proizvodu i označavanje proizvoda nisu u skladu sa normama BAS EN 1888-1+A1:2023 i BAS EN 1888-2+A1:2024;
 -	upute za uporabu nisu u skladu sa normom BAS EN 1888-1+A1:2023.</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica kišobran Grey Basic Kathie</x:t>
   </x:si>
   <x:si>
     <x:t>3852441710508</x:t>
   </x:si>
   <x:si>
     <x:t>LC1726</x:t>
   </x:si>
   <x:si>
     <x:t>Dječija kolica predstavljaju rizik od ozljede jer ne ispunjavaju slijedeće sigurnosne zahtjeve:
 -	dječija kolica nisu u skladu sa zahtjevima definiranim točkom 8.1.3.1 norme BAS EN 1888-1+A1:2023 (sustav za vezivanje ne posjeduje međunožnu vezu);
 -	zahtjevi vezani za označavanje proizvoda nisu u skladu sa normom BAS EN 1888- 1+A1:2023;
 -	upute za uporabu nisu u skladu sa normom BAS EN 1888-1+A1:2023.</x:t>
   </x:si>
   <x:si>
-    <x:t>Dječija kolica baby Stroller Olivia Basic Green Bay</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Držač za cucle vezica za varalicu</x:t>
   </x:si>
   <x:si>
     <x:t>Bibis</x:t>
   </x:si>
   <x:si>
     <x:t>5713795257904</x:t>
   </x:si>
   <x:si>
     <x:t>Choking</x:t>
   </x:si>
   <x:si>
     <x:t>Lančić za cucle Wee baby</x:t>
   </x:si>
   <x:si>
     <x:t>Wee baby</x:t>
   </x:si>
   <x:si>
     <x:t>8690797102708</x:t>
   </x:si>
   <x:si>
     <x:t>Türkiye</x:t>
   </x:si>
   <x:si>
     <x:t>Držač za cucle predstavlja rizik od gušenja jer ne ispunjava slijedeće sigurnosne zahtjeve:
@@ -192,53 +375,50 @@
   <x:si>
     <x:t>4049775587527</x:t>
   </x:si>
   <x:si>
     <x:t>E8752</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Koncentracija pigmenta boje ugljik crni (CI 77266, nano) u proizvodu, koja iznosi 11,5%, prelazi maksimalno dopuštenu koncentraciju od 10%. </x:t>
   </x:si>
   <x:si>
     <x:t>Cucal Curaprox</x:t>
   </x:si>
   <x:si>
     <x:t>Curaprox</x:t>
   </x:si>
   <x:si>
     <x:t>006, 007, 008, 009, 010 i 011.</x:t>
   </x:si>
   <x:si>
     <x:t>Plastični dio cucle može sadržavati Bisfenol A (BPA), supstancu koja je klasificirana kao potencijalno štetna za zdravlje, dok je mekani silikonski dio cucle zdravstveno ispravan.</x:t>
   </x:si>
   <x:si>
-    <x:t>Electrical appliances and equipment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fen za kosu Babyliss, model D563DE</x:t>
   </x:si>
   <x:si>
     <x:t>Babyliss</x:t>
   </x:si>
   <x:si>
     <x:t>model D563DE</x:t>
   </x:si>
   <x:si>
     <x:t>Burns</x:t>
   </x:si>
   <x:si>
     <x:t>Laser pointers</x:t>
   </x:si>
   <x:si>
     <x:t>Laserska igračka - pištolj Airsoft Gun 007A</x:t>
   </x:si>
   <x:si>
     <x:t>Airsoft Gun 007A</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight; Injuries</x:t>
   </x:si>
   <x:si>
     <x:t>Damage to sight, Injuries</x:t>
@@ -285,84 +465,72 @@
   <x:si>
     <x:t>Burns; Chemical</x:t>
   </x:si>
   <x:si>
     <x:t>Unos test sinhronizacije</x:t>
   </x:si>
   <x:si>
     <x:t>test unos 11.11.2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Chemical; Choking</x:t>
   </x:si>
   <x:si>
     <x:t>test</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation; Burns</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation, Burns, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>test risk description</x:t>
   </x:si>
   <x:si>
-    <x:t>Asphyxiation; Burns; Chemical</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Asphyxiation, Burns, Fire; Asphyxiation, Burns, Suffocation; Asphyxiation, Fire</x:t>
   </x:si>
   <x:si>
     <x:t>risk description</x:t>
   </x:si>
   <x:si>
     <x:t>Zaštitne rukavice Fenix</x:t>
   </x:si>
   <x:si>
     <x:t>Fenix</x:t>
   </x:si>
   <x:si>
     <x:t>Asphyxiation, Chemical</x:t>
   </x:si>
   <x:si>
     <x:t>iuhgidsfhoigvdifjgvboijndfjigvnij jkdbfviybsdhgbfuhvby dfvydshbhfvbhyxjvbcxyjhnvbjhyx jxckvlkjcxbvxcjyh jkxlvhyxchlvijh lyxcjvlhlhviyixduvhc  ylixcjvhioyuxhcviu</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl sa tri utičnice, tip Q501</x:t>
   </x:si>
   <x:si>
-    <x:t>Nepoznat</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>tip Q501</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Electric shock, Fire</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Proizvod predstavlja opasnost od strujnog udara i požara zato što: 
 - se može otvoriti pomoću alata opšte namjene, 
 - utičnice nemaju zatvarače, 
 - nazivni napon utikača i nazivni napon utičnice su različiti,
 - nije propisno označen. </x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl sa četiri utičnice Arkgiacl, tip 003</x:t>
   </x:si>
   <x:si>
     <x:t>Arkgiacl</x:t>
   </x:si>
   <x:si>
     <x:t>tip 003</x:t>
   </x:si>
   <x:si>
     <x:t>Produžni kabl predstavlja opasnost od strujnog udara i požara zato što: 
 -	se može otvoriti pomoću alata opšte namjene, 
 -	utičnice nemaju zatvarače, 
 -	površina poprečnog presjeka provodnika je manja od propisane, 
 -	nazivna struja utikača je manja od nazivne struje utičnice.
 Proizvod nije usklađen sa Naredbom o električnoj opremi namijenjenoj za upotrebu unutar određenih naponskih granica i standardom BAS IEC 60884-2-7.</x:t>
   </x:si>
@@ -468,53 +636,50 @@
   <x:si>
     <x:t>Vision</x:t>
   </x:si>
   <x:si>
     <x:t>tip VIS TYB-376</x:t>
   </x:si>
   <x:si>
     <x:t>Blender za hranu Vox tip TM-6008</x:t>
   </x:si>
   <x:si>
     <x:t>Vox</x:t>
   </x:si>
   <x:si>
     <x:t>tip TM-6008</x:t>
   </x:si>
   <x:si>
     <x:t>Ozbiljan rizik od povreda</x:t>
   </x:si>
   <x:si>
     <x:t>Blender za hranu Nepoznato tip RSD-886</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> tip RSD-886</x:t>
   </x:si>
   <x:si>
-    <x:t>Furniture</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stolica GADSTRUP dining chair</x:t>
   </x:si>
   <x:si>
     <x:t>Gadstrup</x:t>
   </x:si>
   <x:si>
     <x:t>5704745128665</x:t>
   </x:si>
   <x:si>
     <x:t>Artikl: 3670122</x:t>
   </x:si>
   <x:si>
     <x:t>Injuries, Security</x:t>
   </x:si>
   <x:si>
     <x:t>Ova stolica predstavlja rizik za korisnike jer se može deformirati što može uzrokovati pad korisnika.</x:t>
   </x:si>
   <x:si>
     <x:t>Proizvod predstavlja kemijski rizik jer sadrži di (2-etilheksil) ftalat (DEHP) u količini od 13,43 % što nije u skladu s Odlukom o ograničenju stavljanja na tržište igračaka i proizvoda za djecu koji sadrže ftalate („Službeni glasnik BiH“, broj 04/10).</x:t>
   </x:si>
   <x:si>
     <x:t>Igračka lutka Sparkle girl Charm girls</x:t>
   </x:si>
   <x:si>
     <x:t>Artikl No.: HQ41A</x:t>
@@ -555,63 +720,57 @@
   <x:si>
     <x:t>PLU 599441</x:t>
   </x:si>
   <x:si>
     <x:t>Utvrđeno je da proizvod nije siguran zbog prekoračenja dopuštenog sadržaja N-nitrozamina u materijalu balona.</x:t>
   </x:si>
   <x:si>
     <x:t>Laserska igrača snajper puška VIKTOR</x:t>
   </x:si>
   <x:si>
     <x:t>A-WARIOR S.W.A.T.</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač - privjesak</x:t>
   </x:si>
   <x:si>
     <x:t>Laserska igračka - pištolj 007D</x:t>
   </x:si>
   <x:si>
     <x:t>007D</x:t>
   </x:si>
   <x:si>
     <x:t>Laserski pokazivač - ručna bomba</x:t>
   </x:si>
   <x:si>
-    <x:t>Montenegro</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Laserki pokazivač Metak</x:t>
   </x:si>
   <x:si>
     <x:t>test opis rizika</x:t>
   </x:si>
   <x:si>
     <x:t>Dječiji krevetac Kikka boo MATEA NAVY</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Kikka boo</x:t>
   </x:si>
   <x:si>
     <x:t>3800171206365</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Matea Navy</x:t>
   </x:si>
   <x:si>
     <x:t>Choking; Entrapment</x:t>
   </x:si>
   <x:si>
     <x:t>Choking, Entrapment</x:t>
   </x:si>
   <x:si>
     <x:t>Ovaj dječiji krevetac predstavlja ozbiljan rizik od gušenja i uklještenja dijelova tijela djeteta.</x:t>
   </x:si>
   <x:si>
     <x:t>Duda set 2/1 orthdontic no2</x:t>
   </x:si>
   <x:si>
     <x:t>8690797101664</x:t>
   </x:si>
   <x:si>
     <x:t>166</x:t>
   </x:si>
@@ -1182,2773 +1341,3350 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K81"/>
+  <x:dimension ref="A1:K98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="3.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="39.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="53.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="25.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.567768" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="32.996339" style="0" customWidth="1"/>
-    <x:col min="10" max="10" width="70.710625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="43.710625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="110.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="255" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0">
-        <x:v>222</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K2" s="0" t="s">
+      <x:c r="K2" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0">
-        <x:v>221</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K3" s="2" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="A4" s="0">
-        <x:v>219</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0">
-        <x:v>216</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K5" s="2" t="s">
-        <x:v>31</x:v>
+      <x:c r="K5" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0">
-        <x:v>214</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="E6" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F6" s="0" t="s">
+      <x:c r="K6" s="2" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="0">
-        <x:v>212</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="E7" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F7" s="0" t="s">
+      <x:c r="H7" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I7" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K7" s="2" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0">
-        <x:v>205</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0">
-        <x:v>204</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="K9" s="0" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0">
-        <x:v>203</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E10" s="0" t="s">
+      <x:c r="H10" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G10" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I10" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0">
-        <x:v>202</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0">
-        <x:v>201</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K12" s="2" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0">
-        <x:v>198</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K13" s="2" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0">
-        <x:v>197</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K14" s="2" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0">
-        <x:v>196</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K15" s="2" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0">
-        <x:v>195</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="s">
+      <x:c r="E16" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E16" s="0" t="s">
+      <x:c r="G16" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F16" s="0" t="s">
+      <x:c r="H16" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G16" s="0" t="s">
+      <x:c r="J16" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="H16" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="I16" s="0" t="s">
+      <x:c r="K16" s="0" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0">
-        <x:v>193</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0">
-        <x:v>192</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="E18" s="0" t="s">
+      <x:c r="H18" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K18" s="0" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0">
-        <x:v>191</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0">
-        <x:v>190</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0">
-        <x:v>189</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K21" s="2" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0">
-        <x:v>188</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E22" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K22" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0">
-        <x:v>185</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K23" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="0">
-        <x:v>182</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F24" s="0" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K24" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="0">
-        <x:v>181</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0">
-        <x:v>179</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K26" s="0" t="s">
-        <x:v>114</x:v>
+      <x:c r="K26" s="2" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="0">
-        <x:v>178</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K27" s="0" t="s">
-        <x:v>114</x:v>
+      <x:c r="K27" s="2" t="s">
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="0">
-        <x:v>177</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G28" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I28" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J28" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K28" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="0">
-        <x:v>176</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="0">
-        <x:v>126</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="0">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I31" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K31" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F32" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I32" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="B32" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C32" s="0" t="s">
+      <x:c r="J32" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K32" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="0">
-        <x:v>121</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D33" s="0" t="s">
+      <x:c r="H33" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I33" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="E33" s="0" t="s">
+      <x:c r="J33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="G33" s="0" t="s">
+      <x:c r="K33" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="0">
-        <x:v>109</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="E34" s="0" t="s">
+      <x:c r="G34" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="0">
-        <x:v>105</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="0">
-        <x:v>104</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F36" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="0">
-        <x:v>103</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="0">
-        <x:v>102</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="0">
-        <x:v>100</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="0">
-        <x:v>99</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K40" s="2" t="s">
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="0">
-        <x:v>93</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>152</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K41" s="2" t="s">
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="0">
-        <x:v>92</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>155</x:v>
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K42" s="2" t="s">
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="0">
-        <x:v>91</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="0">
-        <x:v>90</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H44" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="0">
-        <x:v>89</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="0">
-        <x:v>67</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="0">
-        <x:v>64</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G47" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I47" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K47" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="0">
-        <x:v>63</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="0">
-        <x:v>62</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="0">
-        <x:v>61</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="0">
-        <x:v>60</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="0">
-        <x:v>59</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="0">
-        <x:v>58</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="0">
-        <x:v>57</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H54" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I54" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="H54" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="0">
-        <x:v>56</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="0">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11">
       <x:c r="A57" s="0">
-        <x:v>54</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-        <x:v>179</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="0">
-        <x:v>53</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="0">
-        <x:v>52</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-        <x:v>190</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="0">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K60" s="2" t="s">
-        <x:v>199</x:v>
+      <x:c r="K60" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="0">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F61" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K61" s="2" t="s">
-        <x:v>199</x:v>
+      <x:c r="K61" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11">
       <x:c r="A62" s="0">
-        <x:v>49</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F62" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K62" s="2" t="s">
-        <x:v>199</x:v>
+      <x:c r="K62" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11">
       <x:c r="A63" s="0">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F63" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K63" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11">
       <x:c r="A64" s="0">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F64" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="K64" s="2" t="s">
-        <x:v>199</x:v>
+      <x:c r="K64" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11">
       <x:c r="A65" s="0">
-        <x:v>46</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K65" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11">
       <x:c r="A66" s="0">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11">
       <x:c r="A67" s="0">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>209</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11">
       <x:c r="A68" s="0">
-        <x:v>43</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E68" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F68" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G68" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H68" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I68" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J68" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K68" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11">
       <x:c r="A69" s="0">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11">
       <x:c r="A70" s="0">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11">
       <x:c r="A71" s="0">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F71" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11">
       <x:c r="A72" s="0">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11">
       <x:c r="A73" s="0">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11">
       <x:c r="A74" s="0">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11">
       <x:c r="A75" s="0">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11">
       <x:c r="A76" s="0">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D76" s="0" t="s">
+      <x:c r="E76" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E76" s="0" t="s">
+      <x:c r="F76" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="F76" s="0" t="s">
+      <x:c r="G76" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="G76" s="0" t="s">
+      <x:c r="H76" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="H76" s="0" t="s">
+      <x:c r="I76" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="I76" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J76" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11">
       <x:c r="A77" s="0">
-        <x:v>5</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>248</x:v>
-[...1 lines deleted...]
-      <x:c r="K77" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K77" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11">
       <x:c r="A78" s="0">
-        <x:v>4</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>250</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K78" s="2" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11">
       <x:c r="A79" s="0">
-        <x:v>3</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>250</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K79" s="2" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11">
       <x:c r="A80" s="0">
-        <x:v>2</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>250</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K80" s="2" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11">
       <x:c r="A81" s="0">
-        <x:v>1</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I81" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K81" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:11">
+      <x:c r="A82" s="0">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="F81" s="0" t="s">
+      <x:c r="E82" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I82" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K82" s="2" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:11">
+      <x:c r="A83" s="0">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="G81" s="0" t="s">
+      <x:c r="E83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="H81" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="I81" s="0" t="s">
+      <x:c r="F83" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="J81" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="K81" s="0" t="s">
+      <x:c r="G83" s="0" t="s">
         <x:v>258</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="I83" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K83" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:11">
+      <x:c r="A84" s="0">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C84" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F84" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H84" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="I84" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J84" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K84" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:11">
+      <x:c r="A85" s="0">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E85" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="G85" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I85" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K85" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:11">
+      <x:c r="A86" s="0">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G86" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I86" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J86" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="K86" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:11">
+      <x:c r="A87" s="0">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I87" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K87" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:11">
+      <x:c r="A88" s="0">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I88" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J88" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K88" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:11">
+      <x:c r="A89" s="0">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I89" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K89" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:11">
+      <x:c r="A90" s="0">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E90" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I90" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J90" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K90" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:11">
+      <x:c r="A91" s="0">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I91" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K91" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:11">
+      <x:c r="A92" s="0">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I92" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J92" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="K92" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:11">
+      <x:c r="A93" s="0">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="I93" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:11">
+      <x:c r="A94" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="I94" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="K94" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:11">
+      <x:c r="A95" s="0">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I95" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K95" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:11">
+      <x:c r="A96" s="0">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="I96" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J96" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K96" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:11">
+      <x:c r="A97" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I97" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="K97" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:11">
+      <x:c r="A98" s="0">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="G98" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="I98" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K98" s="0" t="s">
+        <x:v>308</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet 1</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet 1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>